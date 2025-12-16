--- v0 (2025-10-23)
+++ v1 (2025-12-16)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$E$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
   <si>
     <t>Sort</t>
   </si>
   <si>
     <t>SYWAT Total</t>
   </si>
   <si>
     <t>SYWAT Xs Total</t>
   </si>
   <si>
     <t>Archer Name</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>User Code</t>
   </si>
   <si>
     <t>Ross, Gianna</t>
   </si>
   <si>
     <t>CFFS</t>
   </si>
   <si>
@@ -88,62 +88,50 @@
   <si>
     <t>Britten, Ella</t>
   </si>
   <si>
     <t>Mazzola, Teal</t>
   </si>
   <si>
     <t>CMBHFS</t>
   </si>
   <si>
     <t>Lane, Zach</t>
   </si>
   <si>
     <t>Chang, Connor</t>
   </si>
   <si>
     <t>Gonzales, Ryder</t>
   </si>
   <si>
     <t>Sherrill, Barrett</t>
   </si>
   <si>
     <t>Watts, Henry</t>
   </si>
   <si>
-    <t>Gamblin, Ellie</t>
-[...10 lines deleted...]
-  <si>
     <t>Gros, Adda</t>
   </si>
   <si>
     <t>CFBBR</t>
   </si>
   <si>
     <t>White, Amelia</t>
   </si>
   <si>
     <t>Lane, Lucy</t>
   </si>
   <si>
     <t>Adapa, Vonshika</t>
   </si>
   <si>
     <t>Herrington, Brystol</t>
   </si>
   <si>
     <t>Thanigachalam, Bhumi</t>
   </si>
   <si>
     <t>CMBBR</t>
   </si>
   <si>
     <t>Husejdic, Haris</t>
@@ -208,65 +196,50 @@
   <si>
     <t>Herrington, Josiah</t>
   </si>
   <si>
     <t>YMFS</t>
   </si>
   <si>
     <t>Nichol, Maverick</t>
   </si>
   <si>
     <t>Haas, Daniel</t>
   </si>
   <si>
     <t>YMBHFS</t>
   </si>
   <si>
     <t>Morris, Easton</t>
   </si>
   <si>
     <t>McCloskey, Kayden</t>
   </si>
   <si>
     <t>Sherrill, Harrison</t>
   </si>
   <si>
-    <t>Kortz, Serenity</t>
-[...13 lines deleted...]
-  <si>
     <t>Butt, Ayana</t>
   </si>
   <si>
     <t>YFBBR</t>
   </si>
   <si>
     <t>Sladaritz, Isabel</t>
   </si>
   <si>
     <t>Raja, Rishitaa</t>
   </si>
   <si>
     <t>Copeland, Chloe</t>
   </si>
   <si>
     <t>Lin, Jodie</t>
   </si>
   <si>
     <t>Knee, Quentin</t>
   </si>
   <si>
     <t>YMBBR</t>
   </si>
   <si>
     <t>Sankuratri, Dhriti Shree</t>
@@ -322,65 +295,50 @@
   <si>
     <t>Xie, Andrew</t>
   </si>
   <si>
     <t>Sharma, Nirek</t>
   </si>
   <si>
     <t>Kimbrough, Janie</t>
   </si>
   <si>
     <t>YAFBHFS</t>
   </si>
   <si>
     <t>Sheehan, Elsie</t>
   </si>
   <si>
     <t>Williamson, Liath</t>
   </si>
   <si>
     <t>Nelson, Trustin</t>
   </si>
   <si>
     <t>YAMBHFS</t>
   </si>
   <si>
-    <t>Buck, Kinsey</t>
-[...13 lines deleted...]
-  <si>
     <t>Chen, Ebony</t>
   </si>
   <si>
     <t>YAFBBR</t>
   </si>
   <si>
     <t>Kim, Rylin</t>
   </si>
   <si>
     <t>Kole, TJ</t>
   </si>
   <si>
     <t>YAMBBR</t>
   </si>
   <si>
     <t>Powell, Nicolas</t>
   </si>
   <si>
     <t>Wright, Drew</t>
   </si>
   <si>
     <t>Shanklin, Milla</t>
   </si>
   <si>
     <t>YAFFSLR</t>
@@ -470,68 +428,50 @@
     <t>Dyksterhouse, Hannah</t>
   </si>
   <si>
     <t>AFBHFS</t>
   </si>
   <si>
     <t>Jorgenson, Marina Grace</t>
   </si>
   <si>
     <t>Cato, Craig</t>
   </si>
   <si>
     <t>AMBHFS</t>
   </si>
   <si>
     <t>Bowling, Mike</t>
   </si>
   <si>
     <t>Ragsdale, Toby</t>
   </si>
   <si>
     <t>SSMBHFS</t>
   </si>
   <si>
     <t>Hicks, Billy</t>
-  </si>
-[...16 lines deleted...]
-    <t>MSMBB</t>
   </si>
   <si>
     <t>Czako, Johana</t>
   </si>
   <si>
     <t>AFBBR</t>
   </si>
   <si>
     <t>Honea, Keri</t>
   </si>
   <si>
     <t>Andrea, Sherrill</t>
   </si>
   <si>
     <t>SFBBR</t>
   </si>
   <si>
     <t>Cashuric, Joe</t>
   </si>
   <si>
     <t>AMBBR</t>
   </si>
   <si>
     <t>Lama, Adrian</t>
   </si>
@@ -959,51 +899,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z136"/>
+  <dimension ref="A1:Z125"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.852" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -1317,2415 +1257,2195 @@
         <v>5209</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16">
         <v>4</v>
       </c>
       <c r="B16">
         <v>724</v>
       </c>
       <c r="C16">
         <v>16</v>
       </c>
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>18</v>
       </c>
       <c r="F16">
         <v>5267</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="B17">
-        <v>789</v>
+        <v>798</v>
       </c>
       <c r="C17">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D17" t="s">
         <v>24</v>
       </c>
       <c r="E17" t="s">
         <v>25</v>
       </c>
       <c r="F17">
-        <v>5182</v>
+        <v>5094</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B18">
-        <v>635</v>
+        <v>773</v>
       </c>
       <c r="C18">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="D18" t="s">
         <v>26</v>
       </c>
       <c r="E18" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F18">
-        <v>5443</v>
+        <v>5096</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19">
         <v>7</v>
       </c>
       <c r="B19">
-        <v>798</v>
+        <v>530</v>
       </c>
       <c r="C19">
-        <v>36</v>
+        <v>7</v>
       </c>
       <c r="D19" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E19" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F19">
-        <v>5094</v>
+        <v>5411</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20">
         <v>7</v>
       </c>
       <c r="B20">
-        <v>773</v>
+        <v>502</v>
       </c>
       <c r="C20">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="D20" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E20" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F20">
-        <v>5096</v>
+        <v>5437</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21">
         <v>7</v>
       </c>
-      <c r="B21">
-[...4 lines deleted...]
-      </c>
       <c r="D21" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E21" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F21">
-        <v>5411</v>
+        <v>4960</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B22">
-        <v>502</v>
+        <v>828</v>
       </c>
       <c r="C22">
-        <v>7</v>
+        <v>48</v>
       </c>
       <c r="D22" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="E22" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F22">
-        <v>5437</v>
+        <v>5031</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23">
-        <v>7</v>
+        <v>8</v>
+      </c>
+      <c r="B23">
+        <v>752</v>
+      </c>
+      <c r="C23">
+        <v>24</v>
       </c>
       <c r="D23" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="E23" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F23">
-        <v>4960</v>
+        <v>5369</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24">
         <v>8</v>
       </c>
       <c r="B24">
-        <v>828</v>
+        <v>676</v>
       </c>
       <c r="C24">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="D24" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E24" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="F24">
-        <v>5031</v>
+        <v>5017</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B25">
-        <v>752</v>
+        <v>881</v>
       </c>
       <c r="C25">
-        <v>24</v>
+        <v>73</v>
       </c>
       <c r="D25" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="E25" t="s">
         <v>35</v>
       </c>
       <c r="F25">
-        <v>5369</v>
+        <v>5062</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B26">
-        <v>676</v>
+        <v>875</v>
       </c>
       <c r="C26">
-        <v>16</v>
+        <v>73</v>
       </c>
       <c r="D26" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="E26" t="s">
         <v>35</v>
       </c>
       <c r="F26">
-        <v>5017</v>
+        <v>4974</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B27">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="C27">
-        <v>73</v>
+        <v>100</v>
       </c>
       <c r="D27" t="s">
+        <v>37</v>
+      </c>
+      <c r="E27" t="s">
         <v>38</v>
       </c>
-      <c r="E27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F27">
-        <v>5062</v>
+        <v>5095</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B28">
-        <v>875</v>
+        <v>830</v>
       </c>
       <c r="C28">
-        <v>73</v>
+        <v>46</v>
       </c>
       <c r="D28" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="E28" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F28">
-        <v>4974</v>
+        <v>5175</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29">
         <v>10</v>
       </c>
       <c r="B29">
-        <v>885</v>
+        <v>827</v>
       </c>
       <c r="C29">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="D29" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E29" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="F29">
-        <v>5095</v>
+        <v>5053</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30">
         <v>10</v>
       </c>
       <c r="B30">
-        <v>830</v>
+        <v>695</v>
       </c>
       <c r="C30">
-        <v>46</v>
+        <v>19</v>
       </c>
       <c r="D30" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="E30" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="F30">
-        <v>5175</v>
+        <v>5070</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B31">
-        <v>827</v>
+        <v>733</v>
       </c>
       <c r="C31">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="D31" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="E31" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F31">
-        <v>5053</v>
+        <v>5152</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B32">
-        <v>695</v>
+        <v>598</v>
       </c>
       <c r="C32">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D32" t="s">
+        <v>44</v>
+      </c>
+      <c r="E32" t="s">
         <v>45</v>
       </c>
-      <c r="E32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F32">
-        <v>5070</v>
+        <v>5032</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B33">
-        <v>733</v>
+        <v>595</v>
       </c>
       <c r="C33">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="D33" t="s">
         <v>46</v>
       </c>
       <c r="E33" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="F33">
-        <v>5152</v>
+        <v>5125</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34">
         <v>12</v>
       </c>
       <c r="B34">
-        <v>598</v>
+        <v>576</v>
       </c>
       <c r="C34">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="D34" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="E34" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="F34">
-        <v>5032</v>
+        <v>5312</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B35">
-        <v>595</v>
+        <v>898</v>
       </c>
       <c r="C35">
-        <v>14</v>
+        <v>127</v>
       </c>
       <c r="D35" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E35" t="s">
         <v>49</v>
       </c>
       <c r="F35">
-        <v>5125</v>
+        <v>4910</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B36">
-        <v>576</v>
+        <v>895</v>
       </c>
       <c r="C36">
-        <v>15</v>
+        <v>114</v>
       </c>
       <c r="D36" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="E36" t="s">
         <v>49</v>
       </c>
       <c r="F36">
-        <v>5312</v>
+        <v>4908</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37">
         <v>13</v>
       </c>
       <c r="B37">
-        <v>898</v>
+        <v>859</v>
       </c>
       <c r="C37">
-        <v>127</v>
+        <v>62</v>
       </c>
       <c r="D37" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="E37" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="F37">
-        <v>4910</v>
+        <v>5449</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B38">
-        <v>895</v>
+        <v>881</v>
       </c>
       <c r="C38">
-        <v>114</v>
+        <v>96</v>
       </c>
       <c r="D38" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E38" t="s">
         <v>53</v>
       </c>
       <c r="F38">
-        <v>4908</v>
+        <v>4956</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B39">
-        <v>859</v>
+        <v>742</v>
       </c>
       <c r="C39">
-        <v>62</v>
+        <v>33</v>
       </c>
       <c r="D39" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="E39" t="s">
         <v>53</v>
       </c>
       <c r="F39">
-        <v>5449</v>
+        <v>5163</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B40">
-        <v>881</v>
+        <v>862</v>
       </c>
       <c r="C40">
-        <v>96</v>
+        <v>84</v>
       </c>
       <c r="D40" t="s">
+        <v>55</v>
+      </c>
+      <c r="E40" t="s">
         <v>56</v>
       </c>
-      <c r="E40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F40">
-        <v>4956</v>
+        <v>4965</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B41">
-        <v>742</v>
+        <v>810</v>
       </c>
       <c r="C41">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="D41" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="E41" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F41">
-        <v>5163</v>
+        <v>5038</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42">
         <v>16</v>
       </c>
       <c r="B42">
-        <v>862</v>
+        <v>723</v>
       </c>
       <c r="C42">
-        <v>84</v>
+        <v>11</v>
       </c>
       <c r="D42" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="E42" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="F42">
-        <v>4965</v>
+        <v>5149</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43">
         <v>16</v>
       </c>
       <c r="B43">
-        <v>810</v>
+        <v>534</v>
       </c>
       <c r="C43">
-        <v>44</v>
+        <v>6</v>
       </c>
       <c r="D43" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="E43" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="F43">
-        <v>5038</v>
+        <v>5208</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B44">
-        <v>723</v>
+        <v>768</v>
       </c>
       <c r="C44">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="D44" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="E44" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F44">
-        <v>5149</v>
+        <v>5059</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B45">
-        <v>534</v>
+        <v>632</v>
       </c>
       <c r="C45">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="D45" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E45" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F45">
-        <v>5208</v>
+        <v>5204</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B46">
-        <v>495</v>
+        <v>523</v>
       </c>
       <c r="C46">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D46" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="E46" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="F46">
-        <v>5002</v>
+        <v>5035</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B47">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="C47">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="E47" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="F47">
-        <v>5029</v>
+        <v>4979</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B48">
-        <v>231</v>
+        <v>292</v>
       </c>
       <c r="C48">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D48" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E48" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="F48">
-        <v>5016</v>
+        <v>5018</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B49">
-        <v>768</v>
+        <v>310</v>
       </c>
       <c r="C49">
-        <v>31</v>
+        <v>5</v>
       </c>
       <c r="D49" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="E49" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="F49">
-        <v>5059</v>
+        <v>5003</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B50">
-        <v>632</v>
+        <v>846</v>
       </c>
       <c r="C50">
-        <v>14</v>
+        <v>56</v>
       </c>
       <c r="D50" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="E50" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F50">
-        <v>5204</v>
+        <v>4973</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B51">
-        <v>523</v>
+        <v>819</v>
       </c>
       <c r="C51">
-        <v>4</v>
+        <v>42</v>
       </c>
       <c r="D51" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="E51" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F51">
-        <v>5035</v>
+        <v>5040</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B52">
-        <v>482</v>
+        <v>795</v>
       </c>
       <c r="C52">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="D52" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E52" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F52">
-        <v>4979</v>
+        <v>5151</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B53">
-        <v>292</v>
+        <v>700</v>
       </c>
       <c r="C53">
-        <v>3</v>
+        <v>21</v>
       </c>
       <c r="D53" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="E53" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F53">
-        <v>5018</v>
+        <v>5190</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B54">
-        <v>310</v>
+        <v>650</v>
       </c>
       <c r="C54">
-        <v>5</v>
+        <v>22</v>
       </c>
       <c r="D54" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E54" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="F54">
-        <v>5003</v>
+        <v>5178</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55">
         <v>21</v>
       </c>
       <c r="B55">
-        <v>846</v>
+        <v>514</v>
       </c>
       <c r="C55">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="D55" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="E55" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="F55">
-        <v>4973</v>
+        <v>5061</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56">
         <v>21</v>
       </c>
       <c r="B56">
-        <v>819</v>
+        <v>240</v>
       </c>
       <c r="C56">
-        <v>42</v>
+        <v>6</v>
       </c>
       <c r="D56" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="E56" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="F56">
-        <v>5040</v>
+        <v>5047</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B57">
-        <v>795</v>
+        <v>854</v>
       </c>
       <c r="C57">
-        <v>36</v>
+        <v>70</v>
       </c>
       <c r="D57" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E57" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="F57">
-        <v>5151</v>
+        <v>4919</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B58">
-        <v>700</v>
+        <v>826</v>
       </c>
       <c r="C58">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="D58" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="E58" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="F58">
-        <v>5190</v>
+        <v>4938</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B59">
-        <v>650</v>
+        <v>268</v>
       </c>
       <c r="C59">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D59" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="E59" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F59">
-        <v>5178</v>
+        <v>5027</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B60">
-        <v>514</v>
+        <v>900</v>
       </c>
       <c r="C60">
-        <v>8</v>
+        <v>172</v>
       </c>
       <c r="D60" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="E60" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="F60">
-        <v>5061</v>
+        <v>4899</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B61">
-        <v>240</v>
+        <v>900</v>
       </c>
       <c r="C61">
-        <v>6</v>
+        <v>156</v>
       </c>
       <c r="D61" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="E61" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="F61">
-        <v>5047</v>
+        <v>4904</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B62">
-        <v>854</v>
+        <v>897</v>
       </c>
       <c r="C62">
-        <v>70</v>
+        <v>122</v>
       </c>
       <c r="D62" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="E62" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F62">
-        <v>4919</v>
+        <v>4932</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B63">
-        <v>826</v>
+        <v>896</v>
       </c>
       <c r="C63">
-        <v>36</v>
+        <v>140</v>
       </c>
       <c r="D63" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="E63" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F63">
-        <v>4938</v>
+        <v>4918</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64">
-        <v>23</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="D64" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="E64" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="F64">
-        <v>5027</v>
+        <v>5455</v>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B65">
-        <v>900</v>
+        <v>886</v>
       </c>
       <c r="C65">
-        <v>172</v>
+        <v>108</v>
       </c>
       <c r="D65" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="E65" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="F65">
-        <v>4899</v>
+        <v>5188</v>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B66">
-        <v>900</v>
+        <v>837</v>
       </c>
       <c r="C66">
-        <v>156</v>
+        <v>46</v>
       </c>
       <c r="D66" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="E66" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="F66">
-        <v>4904</v>
+        <v>5252</v>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="D67" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="E67" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="F67">
-        <v>4932</v>
+        <v>5133</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B68">
-        <v>896</v>
+        <v>875</v>
       </c>
       <c r="C68">
-        <v>140</v>
+        <v>86</v>
       </c>
       <c r="D68" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="E68" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F68">
-        <v>4918</v>
+        <v>5404</v>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69">
-        <v>24</v>
+        <v>29</v>
+      </c>
+      <c r="B69">
+        <v>378</v>
+      </c>
+      <c r="C69">
+        <v>15</v>
       </c>
       <c r="D69" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="E69" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="F69">
-        <v>5455</v>
+        <v>5015</v>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B70">
-        <v>886</v>
+        <v>263</v>
       </c>
       <c r="C70">
-        <v>108</v>
+        <v>1</v>
       </c>
       <c r="D70" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="E70" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="F70">
-        <v>5188</v>
+        <v>5165</v>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B71">
-        <v>837</v>
+        <v>718</v>
       </c>
       <c r="C71">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="D71" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="E71" t="s">
         <v>97</v>
       </c>
       <c r="F71">
-        <v>5252</v>
+        <v>5116</v>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72">
-        <v>25</v>
+        <v>30</v>
+      </c>
+      <c r="B72">
+        <v>704</v>
+      </c>
+      <c r="C72">
+        <v>27</v>
       </c>
       <c r="D72" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="E72" t="s">
         <v>97</v>
       </c>
       <c r="F72">
-        <v>5133</v>
+        <v>5092</v>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B73">
-        <v>875</v>
+        <v>575</v>
       </c>
       <c r="C73">
-        <v>86</v>
+        <v>8</v>
       </c>
       <c r="D73" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E73" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="F73">
-        <v>5404</v>
+        <v>5036</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B74">
-        <v>636</v>
+        <v>855</v>
       </c>
       <c r="C74">
-        <v>11</v>
+        <v>64</v>
       </c>
       <c r="D74" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="E74" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="F74">
-        <v>5140</v>
+        <v>5026</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B75">
-        <v>565</v>
+        <v>850</v>
       </c>
       <c r="C75">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="D75" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="E75" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="F75">
-        <v>5006</v>
+        <v>5183</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B76">
-        <v>793</v>
+        <v>771</v>
       </c>
       <c r="C76">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="D76" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="E76" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="F76">
-        <v>4917</v>
+        <v>5202</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B77">
-        <v>378</v>
+        <v>724</v>
       </c>
       <c r="C77">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D77" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="E77" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="F77">
-        <v>5015</v>
+        <v>5102</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B78">
-        <v>263</v>
+        <v>670</v>
       </c>
       <c r="C78">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="D78" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="E78" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="F78">
-        <v>5165</v>
+        <v>4972</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B79">
-        <v>718</v>
+        <v>606</v>
       </c>
       <c r="C79">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="D79" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="E79" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="F79">
-        <v>5116</v>
+        <v>5144</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B80">
-        <v>704</v>
+        <v>542</v>
       </c>
       <c r="C80">
-        <v>27</v>
+        <v>3</v>
       </c>
       <c r="D80" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="E80" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="F80">
-        <v>5092</v>
+        <v>5057</v>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81">
-        <v>30</v>
-[...5 lines deleted...]
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="D81" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="E81" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="F81">
-        <v>5036</v>
+        <v>5189</v>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B82">
-        <v>855</v>
+        <v>896</v>
       </c>
       <c r="C82">
-        <v>64</v>
+        <v>131</v>
       </c>
       <c r="D82" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="E82" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="F82">
-        <v>5026</v>
+        <v>5020</v>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B83">
-        <v>850</v>
+        <v>789</v>
       </c>
       <c r="C83">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="D83" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="E83" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="F83">
-        <v>5183</v>
+        <v>4984</v>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="A84">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B84">
-        <v>771</v>
+        <v>900</v>
       </c>
       <c r="C84">
-        <v>32</v>
+        <v>168</v>
       </c>
       <c r="D84" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="E84" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="F84">
-        <v>5202</v>
+        <v>5196</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="B85">
-        <v>724</v>
+        <v>900</v>
       </c>
       <c r="C85">
-        <v>20</v>
+        <v>172</v>
       </c>
       <c r="D85" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="E85" t="s">
         <v>115</v>
       </c>
       <c r="F85">
-        <v>5102</v>
+        <v>5197</v>
       </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="B86">
-        <v>670</v>
+        <v>893</v>
       </c>
       <c r="C86">
-        <v>13</v>
+        <v>113</v>
       </c>
       <c r="D86" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="E86" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="F86">
-        <v>4972</v>
+        <v>4981</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="B87">
-        <v>606</v>
+        <v>884</v>
       </c>
       <c r="C87">
-        <v>11</v>
+        <v>96</v>
       </c>
       <c r="D87" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="E87" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="F87">
-        <v>5144</v>
+        <v>5172</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="B88">
-        <v>542</v>
+        <v>885</v>
       </c>
       <c r="C88">
-        <v>3</v>
+        <v>106</v>
       </c>
       <c r="D88" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="E88" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="F88">
-        <v>5057</v>
+        <v>5187</v>
       </c>
     </row>
     <row r="89" spans="1:26">
       <c r="A89">
-        <v>31</v>
+        <v>45</v>
+      </c>
+      <c r="B89">
+        <v>900</v>
+      </c>
+      <c r="C89">
+        <v>174</v>
       </c>
       <c r="D89" t="s">
+        <v>121</v>
+      </c>
+      <c r="E89" t="s">
         <v>122</v>
       </c>
-      <c r="E89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F89">
-        <v>5189</v>
+        <v>5041</v>
       </c>
     </row>
     <row r="90" spans="1:26">
       <c r="A90">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="B90">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="C90">
-        <v>131</v>
+        <v>174</v>
       </c>
       <c r="D90" t="s">
         <v>123</v>
       </c>
       <c r="E90" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F90">
-        <v>5020</v>
+        <v>4923</v>
       </c>
     </row>
     <row r="91" spans="1:26">
       <c r="A91">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="B91">
-        <v>789</v>
+        <v>900</v>
       </c>
       <c r="C91">
-        <v>29</v>
+        <v>143</v>
       </c>
       <c r="D91" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E91" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F91">
-        <v>4984</v>
+        <v>4933</v>
       </c>
     </row>
     <row r="92" spans="1:26">
       <c r="A92">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="B92">
-        <v>900</v>
+        <v>887</v>
       </c>
       <c r="C92">
-        <v>168</v>
+        <v>95</v>
       </c>
       <c r="D92" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="E92" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="F92">
-        <v>5196</v>
+        <v>5237</v>
       </c>
     </row>
     <row r="93" spans="1:26">
       <c r="A93">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="B93">
-        <v>900</v>
+        <v>711</v>
       </c>
       <c r="C93">
-        <v>172</v>
+        <v>35</v>
       </c>
       <c r="D93" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="E93" t="s">
-        <v>129</v>
+        <v>122</v>
       </c>
       <c r="F93">
-        <v>5197</v>
+        <v>5054</v>
       </c>
     </row>
     <row r="94" spans="1:26">
       <c r="A94">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="B94">
         <v>893</v>
       </c>
       <c r="C94">
-        <v>113</v>
+        <v>128</v>
       </c>
       <c r="D94" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="E94" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="F94">
-        <v>4981</v>
+        <v>5192</v>
       </c>
     </row>
     <row r="95" spans="1:26">
       <c r="A95">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="B95">
-        <v>884</v>
+        <v>872</v>
       </c>
       <c r="C95">
-        <v>96</v>
+        <v>81</v>
       </c>
       <c r="D95" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="E95" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F95">
-        <v>5172</v>
+        <v>5121</v>
       </c>
     </row>
     <row r="96" spans="1:26">
       <c r="A96">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="B96">
-        <v>885</v>
+        <v>865</v>
       </c>
       <c r="C96">
-        <v>106</v>
+        <v>63</v>
       </c>
       <c r="D96" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="E96" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="F96">
-        <v>5187</v>
+        <v>5030</v>
       </c>
     </row>
     <row r="97" spans="1:26">
       <c r="A97">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="B97">
         <v>900</v>
       </c>
       <c r="C97">
-        <v>174</v>
+        <v>144</v>
       </c>
       <c r="D97" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="E97" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="F97">
-        <v>5041</v>
+        <v>5103</v>
       </c>
     </row>
     <row r="98" spans="1:26">
       <c r="A98">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="B98">
-        <v>900</v>
+        <v>875</v>
       </c>
       <c r="C98">
-        <v>174</v>
+        <v>97</v>
       </c>
       <c r="D98" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="E98" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="F98">
-        <v>4923</v>
+        <v>5173</v>
       </c>
     </row>
     <row r="99" spans="1:26">
       <c r="A99">
-        <v>45</v>
+        <v>63</v>
       </c>
       <c r="B99">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="C99">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="D99" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="E99" t="s">
         <v>136</v>
       </c>
       <c r="F99">
-        <v>4933</v>
+        <v>5109</v>
       </c>
     </row>
     <row r="100" spans="1:26">
       <c r="A100">
-        <v>45</v>
+        <v>63</v>
       </c>
       <c r="B100">
-        <v>887</v>
+        <v>894</v>
       </c>
       <c r="C100">
-        <v>95</v>
+        <v>122</v>
       </c>
       <c r="D100" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="E100" t="s">
         <v>136</v>
       </c>
       <c r="F100">
-        <v>5237</v>
+        <v>5118</v>
       </c>
     </row>
     <row r="101" spans="1:26">
       <c r="A101">
-        <v>45</v>
+        <v>73</v>
       </c>
       <c r="B101">
-        <v>711</v>
+        <v>819</v>
       </c>
       <c r="C101">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D101" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="E101" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="F101">
-        <v>5054</v>
+        <v>5022</v>
       </c>
     </row>
     <row r="102" spans="1:26">
       <c r="A102">
-        <v>48</v>
+        <v>73</v>
       </c>
       <c r="B102">
-        <v>893</v>
+        <v>649</v>
       </c>
       <c r="C102">
-        <v>128</v>
+        <v>15</v>
       </c>
       <c r="D102" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="E102" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="F102">
-        <v>5192</v>
+        <v>5069</v>
       </c>
     </row>
     <row r="103" spans="1:26">
       <c r="A103">
-        <v>57</v>
+        <v>74</v>
       </c>
       <c r="B103">
-        <v>872</v>
+        <v>730</v>
       </c>
       <c r="C103">
-        <v>81</v>
+        <v>16</v>
       </c>
       <c r="D103" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="E103" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="F103">
-        <v>5121</v>
+        <v>5174</v>
       </c>
     </row>
     <row r="104" spans="1:26">
       <c r="A104">
-        <v>57</v>
+        <v>77</v>
       </c>
       <c r="B104">
-        <v>865</v>
+        <v>815</v>
       </c>
       <c r="C104">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="D104" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="E104" t="s">
         <v>144</v>
       </c>
       <c r="F104">
-        <v>5030</v>
+        <v>5134</v>
       </c>
     </row>
     <row r="105" spans="1:26">
       <c r="A105">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="B105">
-        <v>900</v>
+        <v>758</v>
       </c>
       <c r="C105">
+        <v>33</v>
+      </c>
+      <c r="D105" t="s">
+        <v>145</v>
+      </c>
+      <c r="E105" t="s">
         <v>144</v>
       </c>
-      <c r="D105" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F105">
-        <v>5103</v>
+        <v>5008</v>
       </c>
     </row>
     <row r="106" spans="1:26">
       <c r="A106">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="B106">
-        <v>875</v>
+        <v>727</v>
       </c>
       <c r="C106">
-        <v>97</v>
+        <v>19</v>
       </c>
       <c r="D106" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="E106" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="F106">
-        <v>5173</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="107" spans="1:26">
       <c r="A107">
-        <v>63</v>
+        <v>77</v>
       </c>
       <c r="B107">
-        <v>897</v>
+        <v>675</v>
       </c>
       <c r="C107">
-        <v>136</v>
+        <v>20</v>
       </c>
       <c r="D107" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="E107" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="F107">
-        <v>5109</v>
+        <v>5155</v>
       </c>
     </row>
     <row r="108" spans="1:26">
       <c r="A108">
-        <v>63</v>
+        <v>77</v>
       </c>
       <c r="B108">
-        <v>894</v>
+        <v>583</v>
       </c>
       <c r="C108">
-        <v>122</v>
+        <v>11</v>
       </c>
       <c r="D108" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="E108" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="F108">
-        <v>5118</v>
+        <v>4978</v>
       </c>
     </row>
     <row r="109" spans="1:26">
       <c r="A109">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="B109">
-        <v>709</v>
+        <v>453</v>
       </c>
       <c r="C109">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="D109" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="E109" t="s">
-        <v>153</v>
+        <v>144</v>
       </c>
       <c r="F109">
-        <v>4930</v>
+        <v>4969</v>
       </c>
     </row>
     <row r="110" spans="1:26">
       <c r="A110">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="B110">
-        <v>757</v>
+        <v>834</v>
       </c>
       <c r="C110">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D110" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="E110" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="F110">
-        <v>4925</v>
+        <v>5164</v>
       </c>
     </row>
     <row r="111" spans="1:26">
       <c r="A111">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="B111">
-        <v>693</v>
+        <v>802</v>
       </c>
       <c r="C111">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="D111" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="E111" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="F111">
-        <v>5161</v>
+        <v>5114</v>
       </c>
     </row>
     <row r="112" spans="1:26">
       <c r="A112">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="B112">
-        <v>819</v>
+        <v>719</v>
       </c>
       <c r="C112">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="D112" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="E112" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="F112">
-        <v>5022</v>
+        <v>5063</v>
       </c>
     </row>
     <row r="113" spans="1:26">
       <c r="A113">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="B113">
-        <v>649</v>
+        <v>809</v>
       </c>
       <c r="C113">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="D113" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="E113" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="F113">
-        <v>5069</v>
+        <v>5203</v>
       </c>
     </row>
     <row r="114" spans="1:26">
       <c r="A114">
-        <v>74</v>
+        <v>83</v>
       </c>
       <c r="B114">
-        <v>730</v>
+        <v>741</v>
       </c>
       <c r="C114">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="D114" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="E114" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="F114">
-        <v>5174</v>
+        <v>5014</v>
       </c>
     </row>
     <row r="115" spans="1:26">
       <c r="A115">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="B115">
-        <v>815</v>
+        <v>475</v>
       </c>
       <c r="C115">
-        <v>45</v>
+        <v>6</v>
       </c>
       <c r="D115" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="E115" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="F115">
-        <v>5134</v>
+        <v>5023</v>
       </c>
     </row>
     <row r="116" spans="1:26">
       <c r="A116">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="B116">
-        <v>758</v>
+        <v>829</v>
       </c>
       <c r="C116">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="D116" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="E116" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="F116">
-        <v>5008</v>
+        <v>5028</v>
       </c>
     </row>
     <row r="117" spans="1:26">
       <c r="A117">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="B117">
-        <v>727</v>
+        <v>726</v>
       </c>
       <c r="C117">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D117" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="E117" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="F117">
-        <v>5000</v>
+        <v>4929</v>
       </c>
     </row>
     <row r="118" spans="1:26">
       <c r="A118">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="B118">
-        <v>675</v>
+        <v>718</v>
       </c>
       <c r="C118">
         <v>20</v>
       </c>
       <c r="D118" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="E118" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="F118">
-        <v>5155</v>
+        <v>4968</v>
       </c>
     </row>
     <row r="119" spans="1:26">
       <c r="A119">
-        <v>77</v>
-[...5 lines deleted...]
-        <v>11</v>
+        <v>85</v>
       </c>
       <c r="D119" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="E119" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="F119">
-        <v>4978</v>
+        <v>5184</v>
       </c>
     </row>
     <row r="120" spans="1:26">
       <c r="A120">
-        <v>77</v>
+        <v>89</v>
       </c>
       <c r="B120">
-        <v>453</v>
+        <v>362</v>
       </c>
       <c r="C120">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="D120" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="E120" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="F120">
-        <v>4969</v>
+        <v>4999</v>
       </c>
     </row>
     <row r="121" spans="1:26">
       <c r="A121">
-        <v>78</v>
+        <v>90</v>
       </c>
       <c r="B121">
-        <v>834</v>
+        <v>732</v>
       </c>
       <c r="C121">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="D121" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="E121" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="F121">
-        <v>5164</v>
+        <v>4926</v>
       </c>
     </row>
     <row r="122" spans="1:26">
       <c r="A122">
-        <v>79</v>
+        <v>93</v>
       </c>
       <c r="B122">
-        <v>802</v>
+        <v>532</v>
       </c>
       <c r="C122">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="D122" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="E122" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="F122">
-        <v>5114</v>
+        <v>5123</v>
       </c>
     </row>
     <row r="123" spans="1:26">
       <c r="A123">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="B123">
-        <v>719</v>
+        <v>758</v>
       </c>
       <c r="C123">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="D123" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="E123" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F123">
-        <v>5063</v>
+        <v>4886</v>
       </c>
     </row>
     <row r="124" spans="1:26">
       <c r="A124">
-        <v>81</v>
+        <v>95</v>
       </c>
       <c r="B124">
-        <v>809</v>
+        <v>743</v>
       </c>
       <c r="C124">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="D124" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="E124" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="F124">
-        <v>5203</v>
+        <v>5198</v>
       </c>
     </row>
     <row r="125" spans="1:26">
       <c r="A125">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="B125">
-        <v>741</v>
+        <v>664</v>
       </c>
       <c r="C125">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="D125" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="E125" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="F125">
-        <v>5014</v>
-[...212 lines deleted...]
-      <c r="F136">
         <v>4924</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:E1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>