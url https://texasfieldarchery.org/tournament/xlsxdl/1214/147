--- v0 (2025-10-23)
+++ v1 (2025-12-16)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$E$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>Sort</t>
   </si>
   <si>
     <t>SYWAT Total</t>
   </si>
   <si>
     <t>SYWAT Xs Total</t>
   </si>
   <si>
     <t>Archer Name</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>User Code</t>
   </si>
   <si>
     <t>Ellis, Matthan</t>
   </si>
   <si>
     <t>YMFS</t>
   </si>
   <si>
@@ -157,59 +157,50 @@
   <si>
     <t>YAFBHFS</t>
   </si>
   <si>
     <t>Reed, Marissa</t>
   </si>
   <si>
     <t>Perez, Acacia</t>
   </si>
   <si>
     <t>Rohde, Parker</t>
   </si>
   <si>
     <t>YAMBHFS</t>
   </si>
   <si>
     <t>Head, Bobby</t>
   </si>
   <si>
     <t>Allison, James</t>
   </si>
   <si>
     <t>Cazarian, Frankie</t>
   </si>
   <si>
-    <t>Beesley, Dakota</t>
-[...7 lines deleted...]
-  <si>
     <t>Chaudhari, Shourya</t>
   </si>
   <si>
     <t>YAFBBR</t>
   </si>
   <si>
     <t>Henning, Emily</t>
   </si>
   <si>
     <t>Hardin, Jackson</t>
   </si>
   <si>
     <t>YAMBBR</t>
   </si>
   <si>
     <t>Baker, Aubree</t>
   </si>
   <si>
     <t>YAFFSLR</t>
   </si>
   <si>
     <t>Pagadala, Vineetha</t>
   </si>
   <si>
     <t>Hamm, Mary</t>
@@ -335,62 +326,50 @@
     <t>McBride, Jim</t>
   </si>
   <si>
     <t>Vician, Aiden</t>
   </si>
   <si>
     <t>Kyle, Don</t>
   </si>
   <si>
     <t>SSMBHFS</t>
   </si>
   <si>
     <t>Hernandez, Art</t>
   </si>
   <si>
     <t>Jenkins, Steve</t>
   </si>
   <si>
     <t>Gross, Mike</t>
   </si>
   <si>
     <t>MSMBHFS</t>
   </si>
   <si>
     <t>Chilcutt, Jimmy</t>
-  </si>
-[...10 lines deleted...]
-    <t>MSMBB</t>
   </si>
   <si>
     <t>Kongara, Archana</t>
   </si>
   <si>
     <t>AFBBR</t>
   </si>
   <si>
     <t>Fierbaugh, Cate</t>
   </si>
   <si>
     <t>Wilhite, Rebecca</t>
   </si>
   <si>
     <t>SSFBBR</t>
   </si>
   <si>
     <t>Hall, Richard</t>
   </si>
   <si>
     <t>AMBBR</t>
   </si>
   <si>
     <t>Prosser, Cajun</t>
   </si>
@@ -791,51 +770,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z93"/>
+  <dimension ref="A1:Z89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.852" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -1457,1223 +1436,1143 @@
         <v>45</v>
       </c>
       <c r="E31" t="s">
         <v>43</v>
       </c>
       <c r="F31">
         <v>5288</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32">
         <v>26</v>
       </c>
       <c r="D32" t="s">
         <v>46</v>
       </c>
       <c r="E32" t="s">
         <v>43</v>
       </c>
       <c r="F32">
         <v>5434</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B33">
-        <v>565</v>
+        <v>574</v>
       </c>
       <c r="C33">
         <v>4</v>
       </c>
       <c r="D33" t="s">
         <v>47</v>
       </c>
       <c r="E33" t="s">
         <v>48</v>
       </c>
       <c r="F33">
-        <v>5420</v>
+        <v>5368</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B34">
-        <v>249</v>
+        <v>572</v>
       </c>
       <c r="C34">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D34" t="s">
         <v>49</v>
       </c>
       <c r="E34" t="s">
         <v>48</v>
       </c>
       <c r="F34">
-        <v>5415</v>
+        <v>5055</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B35">
-        <v>574</v>
+        <v>489</v>
       </c>
       <c r="C35">
         <v>4</v>
       </c>
       <c r="D35" t="s">
         <v>50</v>
       </c>
       <c r="E35" t="s">
         <v>51</v>
       </c>
       <c r="F35">
-        <v>5368</v>
+        <v>5426</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B36">
-        <v>572</v>
+        <v>626</v>
       </c>
       <c r="C36">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D36" t="s">
         <v>52</v>
       </c>
       <c r="E36" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="F36">
-        <v>5055</v>
+        <v>5447</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B37">
-        <v>489</v>
+        <v>469</v>
       </c>
       <c r="C37">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="D37" t="s">
+        <v>54</v>
+      </c>
+      <c r="E37" t="s">
         <v>53</v>
       </c>
-      <c r="E37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F37">
-        <v>5426</v>
+        <v>5425</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B38">
-        <v>626</v>
+        <v>900</v>
       </c>
       <c r="C38">
-        <v>14</v>
+        <v>178</v>
       </c>
       <c r="D38" t="s">
         <v>55</v>
       </c>
       <c r="E38" t="s">
         <v>56</v>
       </c>
       <c r="F38">
-        <v>5447</v>
+        <v>5206</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39">
-        <v>31</v>
-[...5 lines deleted...]
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="D39" t="s">
         <v>57</v>
       </c>
       <c r="E39" t="s">
         <v>56</v>
       </c>
       <c r="F39">
-        <v>5425</v>
+        <v>5450</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="B40">
         <v>900</v>
       </c>
       <c r="C40">
-        <v>178</v>
+        <v>156</v>
       </c>
       <c r="D40" t="s">
         <v>58</v>
       </c>
       <c r="E40" t="s">
         <v>59</v>
       </c>
       <c r="F40">
-        <v>5206</v>
+        <v>5413</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41">
-        <v>33</v>
+        <v>41</v>
+      </c>
+      <c r="B41">
+        <v>899</v>
+      </c>
+      <c r="C41">
+        <v>151</v>
       </c>
       <c r="D41" t="s">
         <v>60</v>
       </c>
       <c r="E41" t="s">
         <v>59</v>
       </c>
       <c r="F41">
-        <v>5450</v>
+        <v>5236</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="C42">
-        <v>156</v>
+        <v>129</v>
       </c>
       <c r="D42" t="s">
         <v>61</v>
       </c>
       <c r="E42" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="F42">
-        <v>5413</v>
+        <v>5042</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43">
         <v>41</v>
       </c>
-      <c r="B43">
-[...4 lines deleted...]
-      </c>
       <c r="D43" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E43" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="F43">
-        <v>5236</v>
+        <v>5422</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="B44">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="C44">
-        <v>129</v>
+        <v>157</v>
       </c>
       <c r="D44" t="s">
+        <v>63</v>
+      </c>
+      <c r="E44" t="s">
         <v>64</v>
       </c>
-      <c r="E44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F44">
-        <v>5042</v>
+        <v>5266</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45">
-        <v>41</v>
+        <v>45</v>
+      </c>
+      <c r="B45">
+        <v>899</v>
+      </c>
+      <c r="C45">
+        <v>123</v>
       </c>
       <c r="D45" t="s">
         <v>65</v>
       </c>
       <c r="E45" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="F45">
-        <v>5422</v>
+        <v>5389</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46">
-        <v>900</v>
+        <v>898</v>
       </c>
       <c r="C46">
-        <v>157</v>
+        <v>145</v>
       </c>
       <c r="D46" t="s">
         <v>66</v>
       </c>
       <c r="E46" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="F46">
-        <v>5266</v>
+        <v>5295</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47">
         <v>45</v>
       </c>
       <c r="B47">
-        <v>899</v>
+        <v>897</v>
       </c>
       <c r="C47">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="D47" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E47" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="F47">
-        <v>5389</v>
+        <v>5212</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48">
         <v>45</v>
       </c>
       <c r="B48">
-        <v>898</v>
+        <v>897</v>
       </c>
       <c r="C48">
-        <v>145</v>
+        <v>119</v>
       </c>
       <c r="D48" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="E48" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="F48">
-        <v>5295</v>
+        <v>5394</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49">
         <v>45</v>
       </c>
       <c r="B49">
-        <v>897</v>
+        <v>883</v>
       </c>
       <c r="C49">
-        <v>131</v>
+        <v>106</v>
       </c>
       <c r="D49" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E49" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="F49">
-        <v>5212</v>
+        <v>5445</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50">
         <v>45</v>
       </c>
-      <c r="B50">
-[...4 lines deleted...]
-      </c>
       <c r="D50" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E50" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="F50">
-        <v>5394</v>
+        <v>5300</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B51">
-        <v>883</v>
+        <v>900</v>
       </c>
       <c r="C51">
-        <v>106</v>
+        <v>172</v>
       </c>
       <c r="D51" t="s">
+        <v>71</v>
+      </c>
+      <c r="E51" t="s">
         <v>72</v>
       </c>
-      <c r="E51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F51">
-        <v>5445</v>
+        <v>5398</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52">
-        <v>45</v>
+        <v>46</v>
+      </c>
+      <c r="B52">
+        <v>900</v>
+      </c>
+      <c r="C52">
+        <v>166</v>
       </c>
       <c r="D52" t="s">
         <v>73</v>
       </c>
       <c r="E52" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="F52">
-        <v>5300</v>
+        <v>4894</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53">
         <v>46</v>
       </c>
       <c r="B53">
         <v>900</v>
       </c>
       <c r="C53">
-        <v>172</v>
+        <v>151</v>
       </c>
       <c r="D53" t="s">
         <v>74</v>
       </c>
       <c r="E53" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F53">
-        <v>5398</v>
+        <v>5454</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54">
         <v>46</v>
       </c>
       <c r="B54">
-        <v>900</v>
+        <v>899</v>
       </c>
       <c r="C54">
-        <v>166</v>
+        <v>147</v>
       </c>
       <c r="D54" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="E54" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F54">
-        <v>4894</v>
+        <v>5359</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55">
         <v>46</v>
       </c>
       <c r="B55">
-        <v>900</v>
+        <v>576</v>
       </c>
       <c r="C55">
-        <v>151</v>
+        <v>67</v>
       </c>
       <c r="D55" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E55" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F55">
-        <v>5454</v>
+        <v>5452</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56">
         <v>46</v>
       </c>
-      <c r="B56">
-[...4 lines deleted...]
-      </c>
       <c r="D56" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E56" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F56">
-        <v>5359</v>
+        <v>5296</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B57">
-        <v>576</v>
+        <v>856</v>
       </c>
       <c r="C57">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D57" t="s">
+        <v>78</v>
+      </c>
+      <c r="E57" t="s">
         <v>79</v>
       </c>
-      <c r="E57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F57">
-        <v>5452</v>
+        <v>5113</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58">
-        <v>46</v>
+        <v>48</v>
+      </c>
+      <c r="B58">
+        <v>884</v>
+      </c>
+      <c r="C58">
+        <v>92</v>
       </c>
       <c r="D58" t="s">
         <v>80</v>
       </c>
       <c r="E58" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="F58">
-        <v>5296</v>
+        <v>5391</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="B59">
-        <v>856</v>
+        <v>223</v>
       </c>
       <c r="C59">
-        <v>69</v>
+        <v>1</v>
       </c>
       <c r="D59" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E59" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F59">
-        <v>5113</v>
+        <v>4890</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="B60">
-        <v>884</v>
+        <v>676</v>
       </c>
       <c r="C60">
-        <v>92</v>
+        <v>21</v>
       </c>
       <c r="D60" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E60" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F60">
-        <v>5391</v>
+        <v>5251</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B61">
-        <v>223</v>
+        <v>898</v>
       </c>
       <c r="C61">
-        <v>1</v>
+        <v>132</v>
       </c>
       <c r="D61" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E61" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F61">
-        <v>4890</v>
+        <v>4921</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B62">
-        <v>676</v>
+        <v>289</v>
       </c>
       <c r="C62">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="D62" t="s">
+        <v>88</v>
+      </c>
+      <c r="E62" t="s">
         <v>87</v>
       </c>
-      <c r="E62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F62">
-        <v>5251</v>
+        <v>5257</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63">
-        <v>57</v>
-[...5 lines deleted...]
-        <v>132</v>
+        <v>58</v>
       </c>
       <c r="D63" t="s">
         <v>89</v>
       </c>
       <c r="E63" t="s">
         <v>90</v>
       </c>
       <c r="F63">
-        <v>4921</v>
+        <v>4891</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B64">
-        <v>289</v>
+        <v>844</v>
       </c>
       <c r="C64">
-        <v>29</v>
+        <v>70</v>
       </c>
       <c r="D64" t="s">
         <v>91</v>
       </c>
       <c r="E64" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="F64">
-        <v>5257</v>
+        <v>5250</v>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65">
-        <v>58</v>
+        <v>61</v>
+      </c>
+      <c r="B65">
+        <v>900</v>
+      </c>
+      <c r="C65">
+        <v>135</v>
       </c>
       <c r="D65" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E65" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F65">
-        <v>4891</v>
+        <v>5412</v>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B66">
-        <v>844</v>
+        <v>881</v>
       </c>
       <c r="C66">
-        <v>70</v>
+        <v>91</v>
       </c>
       <c r="D66" t="s">
+        <v>95</v>
+      </c>
+      <c r="E66" t="s">
         <v>94</v>
       </c>
-      <c r="E66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F66">
-        <v>5250</v>
+        <v>4937</v>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67">
         <v>61</v>
       </c>
       <c r="B67">
-        <v>900</v>
+        <v>813</v>
       </c>
       <c r="C67">
-        <v>135</v>
+        <v>39</v>
       </c>
       <c r="D67" t="s">
         <v>96</v>
       </c>
       <c r="E67" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="F67">
-        <v>5412</v>
+        <v>5402</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B68">
-        <v>881</v>
+        <v>897</v>
       </c>
       <c r="C68">
-        <v>91</v>
+        <v>134</v>
       </c>
       <c r="D68" t="s">
+        <v>97</v>
+      </c>
+      <c r="E68" t="s">
         <v>98</v>
       </c>
-      <c r="E68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F68">
-        <v>4937</v>
+        <v>5048</v>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B69">
-        <v>813</v>
+        <v>892</v>
       </c>
       <c r="C69">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="D69" t="s">
         <v>99</v>
       </c>
       <c r="E69" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F69">
-        <v>5402</v>
+        <v>5264</v>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70">
         <v>63</v>
       </c>
       <c r="B70">
-        <v>897</v>
+        <v>882</v>
       </c>
       <c r="C70">
-        <v>134</v>
+        <v>96</v>
       </c>
       <c r="D70" t="s">
         <v>100</v>
       </c>
       <c r="E70" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="F70">
-        <v>5048</v>
+        <v>5220</v>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B71">
-        <v>892</v>
+        <v>864</v>
       </c>
       <c r="C71">
-        <v>114</v>
+        <v>82</v>
       </c>
       <c r="D71" t="s">
+        <v>101</v>
+      </c>
+      <c r="E71" t="s">
         <v>102</v>
       </c>
-      <c r="E71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F71">
-        <v>5264</v>
+        <v>5337</v>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B72">
-        <v>882</v>
+        <v>823</v>
       </c>
       <c r="C72">
-        <v>96</v>
+        <v>57</v>
       </c>
       <c r="D72" t="s">
         <v>103</v>
       </c>
       <c r="E72" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F72">
-        <v>5220</v>
+        <v>5390</v>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="B73">
-        <v>864</v>
+        <v>699</v>
       </c>
       <c r="C73">
-        <v>82</v>
+        <v>16</v>
       </c>
       <c r="D73" t="s">
         <v>104</v>
       </c>
       <c r="E73" t="s">
         <v>105</v>
       </c>
       <c r="F73">
-        <v>5337</v>
+        <v>5397</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="B74">
-        <v>823</v>
+        <v>649</v>
       </c>
       <c r="C74">
-        <v>57</v>
+        <v>15</v>
       </c>
       <c r="D74" t="s">
         <v>106</v>
       </c>
       <c r="E74" t="s">
         <v>105</v>
       </c>
       <c r="F74">
-        <v>5390</v>
+        <v>5380</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B75">
-        <v>850</v>
+        <v>652</v>
       </c>
       <c r="C75">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>107</v>
       </c>
       <c r="E75" t="s">
         <v>108</v>
       </c>
       <c r="F75">
-        <v>5273</v>
+        <v>5226</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="B76">
-        <v>816</v>
+        <v>813</v>
       </c>
       <c r="C76">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D76" t="s">
         <v>109</v>
       </c>
       <c r="E76" t="s">
         <v>110</v>
       </c>
       <c r="F76">
-        <v>5340</v>
+        <v>5238</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77">
-        <v>73</v>
-[...5 lines deleted...]
-        <v>16</v>
+        <v>77</v>
       </c>
       <c r="D77" t="s">
         <v>111</v>
       </c>
       <c r="E77" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="F77">
-        <v>5397</v>
+        <v>5456</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="B78">
-        <v>649</v>
+        <v>577</v>
       </c>
       <c r="C78">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D78" t="s">
+        <v>112</v>
+      </c>
+      <c r="E78" t="s">
         <v>113</v>
       </c>
-      <c r="E78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F78">
-        <v>5380</v>
+        <v>5227</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="D79" t="s">
         <v>114</v>
       </c>
       <c r="E79" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="F79">
-        <v>5226</v>
+        <v>5255</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="B80">
-        <v>813</v>
+        <v>807</v>
       </c>
       <c r="C80">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="D80" t="s">
+        <v>115</v>
+      </c>
+      <c r="E80" t="s">
         <v>116</v>
       </c>
-      <c r="E80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F80">
-        <v>5238</v>
+        <v>5066</v>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81">
-        <v>77</v>
+        <v>85</v>
+      </c>
+      <c r="B81">
+        <v>883</v>
+      </c>
+      <c r="C81">
+        <v>103</v>
       </c>
       <c r="D81" t="s">
+        <v>117</v>
+      </c>
+      <c r="E81" t="s">
         <v>118</v>
       </c>
-      <c r="E81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F81">
-        <v>5456</v>
+        <v>5365</v>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B82">
-        <v>577</v>
+        <v>824</v>
       </c>
       <c r="C82">
-        <v>12</v>
+        <v>47</v>
       </c>
       <c r="D82" t="s">
         <v>119</v>
       </c>
       <c r="E82" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="F82">
-        <v>5227</v>
+        <v>5348</v>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83">
-        <v>80</v>
+        <v>85</v>
+      </c>
+      <c r="B83">
+        <v>517</v>
+      </c>
+      <c r="C83">
+        <v>16</v>
       </c>
       <c r="D83" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="E83" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="F83">
-        <v>5255</v>
+        <v>5419</v>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="A84">
+        <v>86</v>
+      </c>
+      <c r="B84">
+        <v>876</v>
+      </c>
+      <c r="C84">
         <v>81</v>
       </c>
-      <c r="B84">
-[...4 lines deleted...]
-      </c>
       <c r="D84" t="s">
+        <v>121</v>
+      </c>
+      <c r="E84" t="s">
         <v>122</v>
       </c>
-      <c r="E84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F84">
-        <v>5066</v>
+        <v>5385</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B85">
-        <v>883</v>
+        <v>850</v>
       </c>
       <c r="C85">
-        <v>103</v>
+        <v>67</v>
       </c>
       <c r="D85" t="s">
+        <v>123</v>
+      </c>
+      <c r="E85" t="s">
         <v>124</v>
       </c>
-      <c r="E85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F85">
-        <v>5365</v>
+        <v>5305</v>
       </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="B86">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="C86">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D86" t="s">
+        <v>125</v>
+      </c>
+      <c r="E86" t="s">
         <v>126</v>
       </c>
-      <c r="E86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F86">
-        <v>5348</v>
+        <v>5241</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="B87">
-        <v>517</v>
+        <v>668</v>
       </c>
       <c r="C87">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D87" t="s">
         <v>127</v>
       </c>
       <c r="E87" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="F87">
-        <v>5419</v>
+        <v>5268</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="B88">
-        <v>876</v>
+        <v>720</v>
       </c>
       <c r="C88">
-        <v>81</v>
+        <v>27</v>
       </c>
       <c r="D88" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E88" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F88">
-        <v>5385</v>
+        <v>4967</v>
       </c>
     </row>
     <row r="89" spans="1:26">
       <c r="A89">
-        <v>87</v>
+        <v>98</v>
       </c>
       <c r="B89">
-        <v>850</v>
+        <v>679</v>
       </c>
       <c r="C89">
-        <v>67</v>
+        <v>18</v>
       </c>
       <c r="D89" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E89" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F89">
-        <v>5305</v>
-[...78 lines deleted...]
-      <c r="F93">
         <v>5231</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:E1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>