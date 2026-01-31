--- v1 (2025-12-16)
+++ v2 (2026-01-31)
@@ -828,1737 +828,1737 @@
         <v>5</v>
       </c>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2">
         <v>889</v>
       </c>
       <c r="C2">
         <v>109</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
       <c r="E2" t="s">
         <v>7</v>
       </c>
       <c r="F2">
         <v>5185</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B3">
         <v>880</v>
       </c>
       <c r="C3">
         <v>100</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>7</v>
       </c>
       <c r="F3">
         <v>5387</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B4">
         <v>804</v>
       </c>
       <c r="C4">
         <v>42</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4" t="s">
         <v>7</v>
       </c>
       <c r="F4">
         <v>5331</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B5">
         <v>851</v>
       </c>
       <c r="C5">
         <v>68</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
         <v>11</v>
       </c>
       <c r="F5">
         <v>5222</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B6">
         <v>638</v>
       </c>
       <c r="C6">
         <v>8</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6">
         <v>5418</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B7">
         <v>893</v>
       </c>
       <c r="C7">
         <v>114</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>14</v>
       </c>
       <c r="F7">
         <v>5393</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B8">
         <v>861</v>
       </c>
       <c r="C8">
         <v>67</v>
       </c>
       <c r="D8" t="s">
         <v>15</v>
       </c>
       <c r="E8" t="s">
         <v>14</v>
       </c>
       <c r="F8">
         <v>5279</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B9">
         <v>853</v>
       </c>
       <c r="C9">
         <v>75</v>
       </c>
       <c r="D9" t="s">
         <v>16</v>
       </c>
       <c r="E9" t="s">
         <v>14</v>
       </c>
       <c r="F9">
         <v>4935</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B10">
         <v>782</v>
       </c>
       <c r="C10">
         <v>39</v>
       </c>
       <c r="D10" t="s">
         <v>17</v>
       </c>
       <c r="E10" t="s">
         <v>14</v>
       </c>
       <c r="F10">
         <v>5399</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B11">
         <v>776</v>
       </c>
       <c r="C11">
         <v>35</v>
       </c>
       <c r="D11" t="s">
         <v>18</v>
       </c>
       <c r="E11" t="s">
         <v>14</v>
       </c>
       <c r="F11">
         <v>5080</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B12">
         <v>597</v>
       </c>
       <c r="C12">
         <v>17</v>
       </c>
       <c r="D12" t="s">
         <v>19</v>
       </c>
       <c r="E12" t="s">
         <v>14</v>
       </c>
       <c r="F12">
         <v>5277</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B13">
         <v>147</v>
       </c>
       <c r="C13">
         <v>3</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
         <v>14</v>
       </c>
       <c r="F13">
         <v>5430</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>21</v>
       </c>
       <c r="E14" t="s">
         <v>14</v>
       </c>
       <c r="F14">
         <v>5436</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B15">
         <v>297</v>
       </c>
       <c r="C15">
         <v>4</v>
       </c>
       <c r="D15" t="s">
         <v>22</v>
       </c>
       <c r="E15" t="s">
         <v>23</v>
       </c>
       <c r="F15">
         <v>5335</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="B16">
         <v>418</v>
       </c>
       <c r="C16">
         <v>5</v>
       </c>
       <c r="D16" t="s">
         <v>24</v>
       </c>
       <c r="E16" t="s">
         <v>25</v>
       </c>
       <c r="F16">
         <v>5269</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B17">
         <v>648</v>
       </c>
       <c r="C17">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>26</v>
       </c>
       <c r="E17" t="s">
         <v>27</v>
       </c>
       <c r="F17">
         <v>5378</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B18">
         <v>613</v>
       </c>
       <c r="C18">
         <v>12</v>
       </c>
       <c r="D18" t="s">
         <v>28</v>
       </c>
       <c r="E18" t="s">
         <v>27</v>
       </c>
       <c r="F18">
         <v>5379</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="B19">
         <v>895</v>
       </c>
       <c r="C19">
         <v>120</v>
       </c>
       <c r="D19" t="s">
         <v>29</v>
       </c>
       <c r="E19" t="s">
         <v>30</v>
       </c>
       <c r="F19">
         <v>4911</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="B20">
         <v>853</v>
       </c>
       <c r="C20">
         <v>57</v>
       </c>
       <c r="D20" t="s">
         <v>31</v>
       </c>
       <c r="E20" t="s">
         <v>30</v>
       </c>
       <c r="F20">
         <v>4936</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B21">
         <v>898</v>
       </c>
       <c r="C21">
         <v>135</v>
       </c>
       <c r="D21" t="s">
         <v>32</v>
       </c>
       <c r="E21" t="s">
         <v>33</v>
       </c>
       <c r="F21">
         <v>5431</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B22">
         <v>894</v>
       </c>
       <c r="C22">
         <v>124</v>
       </c>
       <c r="D22" t="s">
         <v>34</v>
       </c>
       <c r="E22" t="s">
         <v>33</v>
       </c>
       <c r="F22">
         <v>5386</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B23">
         <v>893</v>
       </c>
       <c r="C23">
         <v>106</v>
       </c>
       <c r="D23" t="s">
         <v>35</v>
       </c>
       <c r="E23" t="s">
         <v>33</v>
       </c>
       <c r="F23">
         <v>5217</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B24">
         <v>875</v>
       </c>
       <c r="C24">
         <v>79</v>
       </c>
       <c r="D24" t="s">
         <v>36</v>
       </c>
       <c r="E24" t="s">
         <v>33</v>
       </c>
       <c r="F24">
         <v>5374</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B25">
         <v>815</v>
       </c>
       <c r="C25">
         <v>53</v>
       </c>
       <c r="D25" t="s">
         <v>37</v>
       </c>
       <c r="E25" t="s">
         <v>33</v>
       </c>
       <c r="F25">
         <v>5423</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B26">
         <v>836</v>
       </c>
       <c r="C26">
         <v>64</v>
       </c>
       <c r="D26" t="s">
         <v>38</v>
       </c>
       <c r="E26" t="s">
         <v>39</v>
       </c>
       <c r="F26">
         <v>5407</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B27">
         <v>802</v>
       </c>
       <c r="C27">
         <v>44</v>
       </c>
       <c r="D27" t="s">
         <v>40</v>
       </c>
       <c r="E27" t="s">
         <v>39</v>
       </c>
       <c r="F27">
         <v>5253</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B28">
         <v>530</v>
       </c>
       <c r="C28">
         <v>10</v>
       </c>
       <c r="D28" t="s">
         <v>41</v>
       </c>
       <c r="E28" t="s">
         <v>39</v>
       </c>
       <c r="F28">
         <v>5435</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B29">
         <v>779</v>
       </c>
       <c r="C29">
         <v>33</v>
       </c>
       <c r="D29" t="s">
         <v>42</v>
       </c>
       <c r="E29" t="s">
         <v>43</v>
       </c>
       <c r="F29">
         <v>5294</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B30">
         <v>772</v>
       </c>
       <c r="C30">
         <v>32</v>
       </c>
       <c r="D30" t="s">
         <v>44</v>
       </c>
       <c r="E30" t="s">
         <v>43</v>
       </c>
       <c r="F30">
         <v>5375</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B31">
         <v>537</v>
       </c>
       <c r="C31">
         <v>8</v>
       </c>
       <c r="D31" t="s">
         <v>45</v>
       </c>
       <c r="E31" t="s">
         <v>43</v>
       </c>
       <c r="F31">
         <v>5288</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D32" t="s">
         <v>46</v>
       </c>
       <c r="E32" t="s">
         <v>43</v>
       </c>
       <c r="F32">
         <v>5434</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="B33">
         <v>574</v>
       </c>
       <c r="C33">
         <v>4</v>
       </c>
       <c r="D33" t="s">
         <v>47</v>
       </c>
       <c r="E33" t="s">
         <v>48</v>
       </c>
       <c r="F33">
         <v>5368</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="B34">
         <v>572</v>
       </c>
       <c r="C34">
         <v>8</v>
       </c>
       <c r="D34" t="s">
         <v>49</v>
       </c>
       <c r="E34" t="s">
         <v>48</v>
       </c>
       <c r="F34">
         <v>5055</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="B35">
         <v>489</v>
       </c>
       <c r="C35">
         <v>4</v>
       </c>
       <c r="D35" t="s">
         <v>50</v>
       </c>
       <c r="E35" t="s">
         <v>51</v>
       </c>
       <c r="F35">
         <v>5426</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="B36">
         <v>626</v>
       </c>
       <c r="C36">
         <v>14</v>
       </c>
       <c r="D36" t="s">
         <v>52</v>
       </c>
       <c r="E36" t="s">
         <v>53</v>
       </c>
       <c r="F36">
         <v>5447</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="B37">
         <v>469</v>
       </c>
       <c r="C37">
         <v>19</v>
       </c>
       <c r="D37" t="s">
         <v>54</v>
       </c>
       <c r="E37" t="s">
         <v>53</v>
       </c>
       <c r="F37">
         <v>5425</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B38">
         <v>900</v>
       </c>
       <c r="C38">
         <v>178</v>
       </c>
       <c r="D38" t="s">
         <v>55</v>
       </c>
       <c r="E38" t="s">
         <v>56</v>
       </c>
       <c r="F38">
         <v>5206</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D39" t="s">
         <v>57</v>
       </c>
       <c r="E39" t="s">
         <v>56</v>
       </c>
       <c r="F39">
         <v>5450</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="B40">
         <v>900</v>
       </c>
       <c r="C40">
         <v>156</v>
       </c>
       <c r="D40" t="s">
         <v>58</v>
       </c>
       <c r="E40" t="s">
         <v>59</v>
       </c>
       <c r="F40">
         <v>5413</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="B41">
         <v>899</v>
       </c>
       <c r="C41">
         <v>151</v>
       </c>
       <c r="D41" t="s">
         <v>60</v>
       </c>
       <c r="E41" t="s">
         <v>59</v>
       </c>
       <c r="F41">
         <v>5236</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="B42">
         <v>897</v>
       </c>
       <c r="C42">
         <v>129</v>
       </c>
       <c r="D42" t="s">
         <v>61</v>
       </c>
       <c r="E42" t="s">
         <v>59</v>
       </c>
       <c r="F42">
         <v>5042</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="D43" t="s">
         <v>62</v>
       </c>
       <c r="E43" t="s">
         <v>59</v>
       </c>
       <c r="F43">
         <v>5422</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="B44">
         <v>900</v>
       </c>
       <c r="C44">
         <v>157</v>
       </c>
       <c r="D44" t="s">
         <v>63</v>
       </c>
       <c r="E44" t="s">
         <v>64</v>
       </c>
       <c r="F44">
         <v>5266</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="B45">
         <v>899</v>
       </c>
       <c r="C45">
         <v>123</v>
       </c>
       <c r="D45" t="s">
         <v>65</v>
       </c>
       <c r="E45" t="s">
         <v>64</v>
       </c>
       <c r="F45">
         <v>5389</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="B46">
         <v>898</v>
       </c>
       <c r="C46">
         <v>145</v>
       </c>
       <c r="D46" t="s">
         <v>66</v>
       </c>
       <c r="E46" t="s">
         <v>64</v>
       </c>
       <c r="F46">
         <v>5295</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="B47">
         <v>897</v>
       </c>
       <c r="C47">
         <v>131</v>
       </c>
       <c r="D47" t="s">
         <v>67</v>
       </c>
       <c r="E47" t="s">
         <v>64</v>
       </c>
       <c r="F47">
         <v>5212</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="B48">
         <v>897</v>
       </c>
       <c r="C48">
         <v>119</v>
       </c>
       <c r="D48" t="s">
         <v>68</v>
       </c>
       <c r="E48" t="s">
         <v>64</v>
       </c>
       <c r="F48">
         <v>5394</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="B49">
         <v>883</v>
       </c>
       <c r="C49">
         <v>106</v>
       </c>
       <c r="D49" t="s">
         <v>69</v>
       </c>
       <c r="E49" t="s">
         <v>64</v>
       </c>
       <c r="F49">
         <v>5445</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="D50" t="s">
         <v>70</v>
       </c>
       <c r="E50" t="s">
         <v>64</v>
       </c>
       <c r="F50">
         <v>5300</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="B51">
         <v>900</v>
       </c>
       <c r="C51">
         <v>172</v>
       </c>
       <c r="D51" t="s">
         <v>71</v>
       </c>
       <c r="E51" t="s">
         <v>72</v>
       </c>
       <c r="F51">
         <v>5398</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="B52">
         <v>900</v>
       </c>
       <c r="C52">
         <v>166</v>
       </c>
       <c r="D52" t="s">
         <v>73</v>
       </c>
       <c r="E52" t="s">
         <v>72</v>
       </c>
       <c r="F52">
         <v>4894</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="B53">
         <v>900</v>
       </c>
       <c r="C53">
         <v>151</v>
       </c>
       <c r="D53" t="s">
         <v>74</v>
       </c>
       <c r="E53" t="s">
         <v>72</v>
       </c>
       <c r="F53">
         <v>5454</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="B54">
         <v>899</v>
       </c>
       <c r="C54">
         <v>147</v>
       </c>
       <c r="D54" t="s">
         <v>75</v>
       </c>
       <c r="E54" t="s">
         <v>72</v>
       </c>
       <c r="F54">
         <v>5359</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="B55">
         <v>576</v>
       </c>
       <c r="C55">
         <v>67</v>
       </c>
       <c r="D55" t="s">
         <v>76</v>
       </c>
       <c r="E55" t="s">
         <v>72</v>
       </c>
       <c r="F55">
         <v>5452</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D56" t="s">
         <v>77</v>
       </c>
       <c r="E56" t="s">
         <v>72</v>
       </c>
       <c r="F56">
         <v>5296</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="B57">
         <v>856</v>
       </c>
       <c r="C57">
         <v>69</v>
       </c>
       <c r="D57" t="s">
         <v>78</v>
       </c>
       <c r="E57" t="s">
         <v>79</v>
       </c>
       <c r="F57">
         <v>5113</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="B58">
         <v>884</v>
       </c>
       <c r="C58">
         <v>92</v>
       </c>
       <c r="D58" t="s">
         <v>80</v>
       </c>
       <c r="E58" t="s">
         <v>81</v>
       </c>
       <c r="F58">
         <v>5391</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="B59">
         <v>223</v>
       </c>
       <c r="C59">
         <v>1</v>
       </c>
       <c r="D59" t="s">
         <v>82</v>
       </c>
       <c r="E59" t="s">
         <v>83</v>
       </c>
       <c r="F59">
         <v>4890</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="B60">
         <v>676</v>
       </c>
       <c r="C60">
         <v>21</v>
       </c>
       <c r="D60" t="s">
         <v>84</v>
       </c>
       <c r="E60" t="s">
         <v>85</v>
       </c>
       <c r="F60">
         <v>5251</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="B61">
         <v>898</v>
       </c>
       <c r="C61">
         <v>132</v>
       </c>
       <c r="D61" t="s">
         <v>86</v>
       </c>
       <c r="E61" t="s">
         <v>87</v>
       </c>
       <c r="F61">
         <v>4921</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="B62">
         <v>289</v>
       </c>
       <c r="C62">
         <v>29</v>
       </c>
       <c r="D62" t="s">
         <v>88</v>
       </c>
       <c r="E62" t="s">
         <v>87</v>
       </c>
       <c r="F62">
         <v>5257</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D63" t="s">
         <v>89</v>
       </c>
       <c r="E63" t="s">
         <v>90</v>
       </c>
       <c r="F63">
         <v>4891</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="B64">
         <v>844</v>
       </c>
       <c r="C64">
         <v>70</v>
       </c>
       <c r="D64" t="s">
         <v>91</v>
       </c>
       <c r="E64" t="s">
         <v>92</v>
       </c>
       <c r="F64">
         <v>5250</v>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="B65">
         <v>900</v>
       </c>
       <c r="C65">
         <v>135</v>
       </c>
       <c r="D65" t="s">
         <v>93</v>
       </c>
       <c r="E65" t="s">
         <v>94</v>
       </c>
       <c r="F65">
         <v>5412</v>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="B66">
         <v>881</v>
       </c>
       <c r="C66">
         <v>91</v>
       </c>
       <c r="D66" t="s">
         <v>95</v>
       </c>
       <c r="E66" t="s">
         <v>94</v>
       </c>
       <c r="F66">
         <v>4937</v>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="B67">
         <v>813</v>
       </c>
       <c r="C67">
         <v>39</v>
       </c>
       <c r="D67" t="s">
         <v>96</v>
       </c>
       <c r="E67" t="s">
         <v>94</v>
       </c>
       <c r="F67">
         <v>5402</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="B68">
         <v>897</v>
       </c>
       <c r="C68">
         <v>134</v>
       </c>
       <c r="D68" t="s">
         <v>97</v>
       </c>
       <c r="E68" t="s">
         <v>98</v>
       </c>
       <c r="F68">
         <v>5048</v>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="B69">
         <v>892</v>
       </c>
       <c r="C69">
         <v>114</v>
       </c>
       <c r="D69" t="s">
         <v>99</v>
       </c>
       <c r="E69" t="s">
         <v>98</v>
       </c>
       <c r="F69">
         <v>5264</v>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="B70">
         <v>882</v>
       </c>
       <c r="C70">
         <v>96</v>
       </c>
       <c r="D70" t="s">
         <v>100</v>
       </c>
       <c r="E70" t="s">
         <v>98</v>
       </c>
       <c r="F70">
         <v>5220</v>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="B71">
         <v>864</v>
       </c>
       <c r="C71">
         <v>82</v>
       </c>
       <c r="D71" t="s">
         <v>101</v>
       </c>
       <c r="E71" t="s">
         <v>102</v>
       </c>
       <c r="F71">
         <v>5337</v>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="B72">
         <v>823</v>
       </c>
       <c r="C72">
         <v>57</v>
       </c>
       <c r="D72" t="s">
         <v>103</v>
       </c>
       <c r="E72" t="s">
         <v>102</v>
       </c>
       <c r="F72">
         <v>5390</v>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73">
-        <v>73</v>
+        <v>87</v>
       </c>
       <c r="B73">
         <v>699</v>
       </c>
       <c r="C73">
         <v>16</v>
       </c>
       <c r="D73" t="s">
         <v>104</v>
       </c>
       <c r="E73" t="s">
         <v>105</v>
       </c>
       <c r="F73">
         <v>5397</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74">
-        <v>73</v>
+        <v>87</v>
       </c>
       <c r="B74">
         <v>649</v>
       </c>
       <c r="C74">
         <v>15</v>
       </c>
       <c r="D74" t="s">
         <v>106</v>
       </c>
       <c r="E74" t="s">
         <v>105</v>
       </c>
       <c r="F74">
         <v>5380</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75">
-        <v>75</v>
+        <v>89</v>
       </c>
       <c r="B75">
         <v>652</v>
       </c>
       <c r="C75">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>107</v>
       </c>
       <c r="E75" t="s">
         <v>108</v>
       </c>
       <c r="F75">
         <v>5226</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="B76">
         <v>813</v>
       </c>
       <c r="C76">
         <v>43</v>
       </c>
       <c r="D76" t="s">
         <v>109</v>
       </c>
       <c r="E76" t="s">
         <v>110</v>
       </c>
       <c r="F76">
         <v>5238</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="D77" t="s">
         <v>111</v>
       </c>
       <c r="E77" t="s">
         <v>110</v>
       </c>
       <c r="F77">
         <v>5456</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="B78">
         <v>577</v>
       </c>
       <c r="C78">
         <v>12</v>
       </c>
       <c r="D78" t="s">
         <v>112</v>
       </c>
       <c r="E78" t="s">
         <v>113</v>
       </c>
       <c r="F78">
         <v>5227</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="D79" t="s">
         <v>114</v>
       </c>
       <c r="E79" t="s">
         <v>113</v>
       </c>
       <c r="F79">
         <v>5255</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80">
-        <v>81</v>
+        <v>95</v>
       </c>
       <c r="B80">
         <v>807</v>
       </c>
       <c r="C80">
         <v>37</v>
       </c>
       <c r="D80" t="s">
         <v>115</v>
       </c>
       <c r="E80" t="s">
         <v>116</v>
       </c>
       <c r="F80">
         <v>5066</v>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81">
-        <v>85</v>
+        <v>99</v>
       </c>
       <c r="B81">
         <v>883</v>
       </c>
       <c r="C81">
         <v>103</v>
       </c>
       <c r="D81" t="s">
         <v>117</v>
       </c>
       <c r="E81" t="s">
         <v>118</v>
       </c>
       <c r="F81">
         <v>5365</v>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82">
-        <v>85</v>
+        <v>99</v>
       </c>
       <c r="B82">
         <v>824</v>
       </c>
       <c r="C82">
         <v>47</v>
       </c>
       <c r="D82" t="s">
         <v>119</v>
       </c>
       <c r="E82" t="s">
         <v>118</v>
       </c>
       <c r="F82">
         <v>5348</v>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83">
-        <v>85</v>
+        <v>99</v>
       </c>
       <c r="B83">
         <v>517</v>
       </c>
       <c r="C83">
         <v>16</v>
       </c>
       <c r="D83" t="s">
         <v>120</v>
       </c>
       <c r="E83" t="s">
         <v>118</v>
       </c>
       <c r="F83">
         <v>5419</v>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="A84">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="B84">
         <v>876</v>
       </c>
       <c r="C84">
         <v>81</v>
       </c>
       <c r="D84" t="s">
         <v>121</v>
       </c>
       <c r="E84" t="s">
         <v>122</v>
       </c>
       <c r="F84">
         <v>5385</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85">
-        <v>87</v>
+        <v>101</v>
       </c>
       <c r="B85">
         <v>850</v>
       </c>
       <c r="C85">
         <v>67</v>
       </c>
       <c r="D85" t="s">
         <v>123</v>
       </c>
       <c r="E85" t="s">
         <v>124</v>
       </c>
       <c r="F85">
         <v>5305</v>
       </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86">
-        <v>93</v>
+        <v>107</v>
       </c>
       <c r="B86">
         <v>826</v>
       </c>
       <c r="C86">
         <v>51</v>
       </c>
       <c r="D86" t="s">
         <v>125</v>
       </c>
       <c r="E86" t="s">
         <v>126</v>
       </c>
       <c r="F86">
         <v>5241</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87">
-        <v>94</v>
+        <v>108</v>
       </c>
       <c r="B87">
         <v>668</v>
       </c>
       <c r="C87">
         <v>17</v>
       </c>
       <c r="D87" t="s">
         <v>127</v>
       </c>
       <c r="E87" t="s">
         <v>128</v>
       </c>
       <c r="F87">
         <v>5268</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88">
-        <v>96</v>
+        <v>110</v>
       </c>
       <c r="B88">
         <v>720</v>
       </c>
       <c r="C88">
         <v>27</v>
       </c>
       <c r="D88" t="s">
         <v>129</v>
       </c>
       <c r="E88" t="s">
         <v>130</v>
       </c>
       <c r="F88">
         <v>4967</v>
       </c>
     </row>
     <row r="89" spans="1:26">
       <c r="A89">
-        <v>98</v>
+        <v>112</v>
       </c>
       <c r="B89">
         <v>679</v>
       </c>
       <c r="C89">
         <v>18</v>
       </c>
       <c r="D89" t="s">
         <v>131</v>
       </c>
       <c r="E89" t="s">
         <v>132</v>
       </c>
       <c r="F89">
         <v>5231</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:E1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 